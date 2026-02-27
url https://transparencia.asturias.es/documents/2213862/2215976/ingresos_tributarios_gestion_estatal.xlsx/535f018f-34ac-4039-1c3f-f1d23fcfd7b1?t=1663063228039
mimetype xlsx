--- v0 (2025-11-27)
+++ v1 (2026-02-27)
@@ -25,67 +25,67 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="105" windowWidth="14805" windowHeight="8010" tabRatio="838"/>
   </bookViews>
   <sheets>
     <sheet name="Índice" sheetId="24" r:id="rId1"/>
     <sheet name="1" sheetId="1" r:id="rId2"/>
     <sheet name="2" sheetId="27" r:id="rId3"/>
     <sheet name="3" sheetId="28" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_1__Recaudación_acumulada_en_lo_que_va_de_año__2018">Índice!$C$13</definedName>
     <definedName name="_1__Recaudación_acumulada_en_lo_que_va_de_año__2020">Índice!$C$13</definedName>
     <definedName name="_1_Recaudación_acumulada_en_lo_que_va_de_año__2024">Índice!$C$13</definedName>
     <definedName name="_2__Recaudación_mensual._Serie_desde_enero_de_2016">Índice!$C$15</definedName>
     <definedName name="_3_Recaudación_anual__serie_2016_2024">Índice!$C$17</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'2'!$A$1:$K$138</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'2'!$A$1:$K$141</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2'!$B:$B,'2'!$1:$13</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="K96" i="27" l="1"/>
   <c r="K65" i="27" l="1"/>
   <c r="K66" i="27"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="196" uniqueCount="156">
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>(Cifras en euros)</t>
   </si>
   <si>
     <t>Variación absoluta</t>
   </si>
   <si>
     <t>Variación %</t>
   </si>
   <si>
     <t xml:space="preserve">RECAUDACIÓN LÍQUIDA CON CRITERIO DE CAJA </t>
   </si>
   <si>
     <t>Volver Índice</t>
   </si>
   <si>
     <t>ene-16</t>
   </si>
   <si>
     <t>feb-16</t>
   </si>
   <si>
@@ -445,96 +445,105 @@
   <si>
     <t>may-24</t>
   </si>
   <si>
     <t>jun-24</t>
   </si>
   <si>
     <t>jul-24</t>
   </si>
   <si>
     <t>ago-24</t>
   </si>
   <si>
     <t>sep-24</t>
   </si>
   <si>
     <t>oct-24</t>
   </si>
   <si>
     <t>nov-24</t>
   </si>
   <si>
     <t>dic-24</t>
   </si>
   <si>
-    <t>3 Recaudación anual, serie 2016-2024</t>
-[...1 lines deleted...]
-  <si>
     <t>1 Recaudación acumulada en lo que va de año (2025)</t>
   </si>
   <si>
     <t>2 Recaudación mensual, serie 2016-2025</t>
   </si>
   <si>
     <t>ene-25</t>
   </si>
   <si>
     <t>Consejería de Hacienda, Justicia y Asuntos Europeos</t>
   </si>
   <si>
     <t>Fuente: Consejería de Hacienda, Justicia y Asuntos Europeos</t>
   </si>
   <si>
     <t>feb-25</t>
   </si>
   <si>
     <t>mar-25</t>
   </si>
   <si>
     <t>abr-25</t>
   </si>
   <si>
     <t>may-25</t>
   </si>
   <si>
     <t>jun-25</t>
   </si>
   <si>
     <t>jul-25</t>
   </si>
   <si>
     <t>ago-25</t>
   </si>
   <si>
     <t>sep-25</t>
   </si>
   <si>
-    <t>Enero-Septiembre 2024</t>
-[...2 lines deleted...]
-    <t>Enero-Septiembre 2025</t>
+    <t>oct-25</t>
+  </si>
+  <si>
+    <t>nov-25</t>
+  </si>
+  <si>
+    <t>dic-25</t>
+  </si>
+  <si>
+    <t>3 Recaudación anual, serie 2016-2025</t>
+  </si>
+  <si>
+    <t>Enero-Diciembre 2024</t>
+  </si>
+  <si>
+    <t>Enero-Diciembre 2025</t>
   </si>
   <si>
     <t>Nota: Importes transferidos mensualmente por la AEAT. (*) El tramo autonómico desaparece el 1 de enero de 2019, desde esa fecha se ingresan cuantías devengadas en ejercicios previos. (**) El Impuesto  sobre el depósito de residuos en vertederos, la incineración y la coincineración de residuos entró en vigor el 1 de enero de 2023.</t>
   </si>
   <si>
     <t>(**) El Impuesto  sobre el depósito de residuos en vertederos, la incineración y la coincineración de residuos entró en vigor el 1 de enero de 2023.</t>
   </si>
   <si>
     <t>Nota: Importes transferidos mensualmente por la AEAT. (*) El tramo autonómico desaparece el 1 de enero de 2019, desde esa fecha se ingresan cuantías devengadas en ejercicios previos. (**) El Impuesto sobre el depósito de residuos en vertederos, la incineración y la coincineración de residuos entró en vigor el 1 de enero de 2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -876,51 +885,51 @@
       </right>
       <top style="thin">
         <color rgb="FF4F81BD"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF4F81BD"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF4F81BD"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="126">
+  <cellXfs count="125">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
@@ -1074,70 +1083,69 @@
     <xf numFmtId="49" fontId="16" fillId="4" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="16" fillId="4" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="16" fillId="4" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="49" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="4" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="4" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="16" fillId="4" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="4" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="18" fillId="4" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="18" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="4" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="4" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="16" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="16" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="16" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1614,52 +1622,52 @@
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tabla22" displayName="Tabla22" ref="B15:F24" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5" headerRowCellStyle="Normal 2" dataCellStyle="Normal 2">
   <tableColumns count="5">
     <tableColumn id="1" name="Concepto" dataDxfId="4" dataCellStyle="Normal 2"/>
-    <tableColumn id="2" name="Enero-Septiembre 2024" dataDxfId="3" dataCellStyle="Normal 2"/>
-    <tableColumn id="3" name="Enero-Septiembre 2025" dataDxfId="2" dataCellStyle="Normal 2"/>
+    <tableColumn id="2" name="Enero-Diciembre 2024" dataDxfId="3" dataCellStyle="Normal 2"/>
+    <tableColumn id="3" name="Enero-Diciembre 2025" dataDxfId="2" dataCellStyle="Normal 2"/>
     <tableColumn id="4" name="Variación absoluta" dataDxfId="1" dataCellStyle="Normal 2"/>
     <tableColumn id="5" name="Variación %" dataDxfId="0" dataCellStyle="Normal 2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -1948,51 +1956,51 @@
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J17"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="3.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="4.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
     <col min="5" max="5" width="60.5703125" style="1" customWidth="1"/>
     <col min="6" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="89" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F5" s="3"/>
     </row>
     <row r="6" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="90" t="s">
         <v>114</v>
       </c>
       <c r="F6" s="3"/>
     </row>
     <row r="7" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="F7" s="3"/>
     </row>
     <row r="8" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="F8" s="3"/>
     </row>
     <row r="9" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
@@ -2009,90 +2017,90 @@
       </c>
       <c r="C11" s="19"/>
       <c r="D11" s="19"/>
       <c r="E11" s="19"/>
       <c r="F11" s="19"/>
       <c r="G11" s="19"/>
       <c r="H11" s="19"/>
       <c r="I11" s="19"/>
       <c r="J11" s="19"/>
     </row>
     <row r="12" spans="1:10" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="19"/>
       <c r="B12" s="4"/>
       <c r="C12" s="19"/>
       <c r="D12" s="19"/>
       <c r="E12" s="19"/>
       <c r="F12" s="19"/>
       <c r="G12" s="19"/>
       <c r="H12" s="19"/>
       <c r="I12" s="19"/>
       <c r="J12" s="19"/>
     </row>
     <row r="13" spans="1:10" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="19"/>
       <c r="B13" s="4"/>
-      <c r="C13" s="105" t="s">
-[...3 lines deleted...]
-      <c r="E13" s="105"/>
+      <c r="C13" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="D13" s="104"/>
+      <c r="E13" s="104"/>
       <c r="F13" s="19"/>
       <c r="G13" s="19"/>
       <c r="H13" s="19"/>
       <c r="I13" s="19"/>
       <c r="J13" s="19"/>
     </row>
     <row r="14" spans="1:10" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="19"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="19"/>
       <c r="E14" s="19"/>
       <c r="F14" s="19"/>
       <c r="G14" s="19"/>
       <c r="H14" s="19"/>
       <c r="I14" s="19"/>
       <c r="J14" s="19"/>
     </row>
     <row r="15" spans="1:10" s="20" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="C15" s="105" t="s">
-[...3 lines deleted...]
-      <c r="E15" s="105"/>
+      <c r="C15" s="104" t="s">
+        <v>135</v>
+      </c>
+      <c r="D15" s="104"/>
+      <c r="E15" s="104"/>
     </row>
     <row r="16" spans="1:10" s="20" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="17" spans="3:5" x14ac:dyDescent="0.25">
-      <c r="C17" s="105" t="s">
-[...3 lines deleted...]
-      <c r="E17" s="105"/>
+      <c r="C17" s="104" t="s">
+        <v>150</v>
+      </c>
+      <c r="D17" s="104"/>
+      <c r="E17" s="104"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="G0BJW/vOW3PsutLw5QYVfBp1O0n/yOnXZBKpfqGQ9rBxrONHBh4lphkZJ/JN2VdxBJ7aUGQcIdYcwyxRFss4eQ==" saltValue="vEex1IzasEg51JAJhIfvGQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="q6UWQdX2veAIjyQRjl5nyiDclDpn14Pj0Y5dCenLF0Y0Gom1utzlyBRwEj2cFtByoYwliMpMqOO6hYGR+mbTsQ==" saltValue="j3U07eLrl0FD9nw5i6uEgw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="3">
     <mergeCell ref="C13:E13"/>
     <mergeCell ref="C15:E15"/>
     <mergeCell ref="C17:E17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C17:E17" location="'3'!A1" display="3 Recaudación anual, serie 2016-2024"/>
     <hyperlink ref="C13:E13" location="'1'!A1" display="1 Recaudación acumulada en lo que va de año (2025)"/>
     <hyperlink ref="C15:E15" location="'2'!A1" display="2 Recaudación mensual, serie 2016-2025"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="96" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I39"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
@@ -2118,51 +2126,51 @@
     </row>
     <row r="2" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
     </row>
     <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
     </row>
     <row r="5" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="89" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
     </row>
     <row r="6" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="90" t="s">
         <v>114</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
     </row>
     <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
       <c r="B7" s="1"/>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
     </row>
     <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="3" t="s">
         <v>27</v>
@@ -2192,245 +2200,245 @@
       <c r="D12" s="55"/>
       <c r="E12" s="55"/>
       <c r="F12" s="55"/>
     </row>
     <row r="13" spans="1:9" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C13" s="55"/>
       <c r="D13" s="55"/>
       <c r="E13" s="55"/>
       <c r="F13" s="55"/>
     </row>
     <row r="14" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="11"/>
       <c r="C14" s="56"/>
       <c r="D14" s="56"/>
       <c r="E14" s="56"/>
       <c r="F14" s="56"/>
     </row>
     <row r="15" spans="1:9" s="22" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="38" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D15" s="38" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:9" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="10" t="s">
         <v>58</v>
       </c>
       <c r="C16" s="12">
-        <v>2309.14</v>
+        <v>2350.17</v>
       </c>
       <c r="D16" s="12">
         <v>-2392.42</v>
       </c>
       <c r="E16" s="12">
-        <v>-4701.5599999999995</v>
+        <v>-4742.59</v>
       </c>
       <c r="F16" s="13">
-        <v>-2.036065374988091</v>
+        <v>-2.0179774229098317</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
     </row>
     <row r="17" spans="2:9" s="27" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="24" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="25">
-        <v>2309.14</v>
+        <v>2350.17</v>
       </c>
       <c r="D17" s="25">
         <v>105.27000000000001</v>
       </c>
       <c r="E17" s="50">
-        <v>-2203.87</v>
+        <v>-2244.9</v>
       </c>
       <c r="F17" s="26">
-        <v>-0.95441159912348317</v>
+        <v>-0.9552074956279758</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="2:9" s="27" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="24" t="s">
         <v>35</v>
       </c>
       <c r="C18" s="25">
         <v>0</v>
       </c>
       <c r="D18" s="25">
         <v>-2497.69</v>
       </c>
       <c r="E18" s="50">
         <v>-2497.69</v>
       </c>
       <c r="F18" s="26">
         <v>-1</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
     </row>
     <row r="19" spans="2:9" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="10" t="s">
         <v>28</v>
       </c>
       <c r="C19" s="12">
-        <v>8862778.7899999991</v>
+        <v>12474716.589999998</v>
       </c>
       <c r="D19" s="12">
-        <v>7791418.6500000004</v>
+        <v>9605849.9800000004</v>
       </c>
       <c r="E19" s="12">
-        <v>-1071360.1399999987</v>
+        <v>-2868866.6099999975</v>
       </c>
       <c r="F19" s="13">
-        <v>-0.12088309607916992</v>
+        <v>-0.22997449194955999</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
     </row>
     <row r="20" spans="2:9" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="10" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="12">
-        <v>23757628.159999996</v>
+        <v>24152865.779999997</v>
       </c>
       <c r="D20" s="12">
-        <v>27443309.309999999</v>
+        <v>27539543.799999997</v>
       </c>
       <c r="E20" s="12">
-        <v>3685681.1500000022</v>
+        <v>3386678.0199999996</v>
       </c>
       <c r="F20" s="13">
-        <v>0.15513674703459968</v>
+        <v>0.14021847555681655</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
     </row>
     <row r="21" spans="2:9" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="10" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="12">
-        <v>2717576.94</v>
+        <v>3567486.75</v>
       </c>
       <c r="D21" s="12">
-        <v>3212386.4999999995</v>
+        <v>4263593.7699999996</v>
       </c>
       <c r="E21" s="12">
-        <v>494809.55999999959</v>
+        <v>696107.01999999955</v>
       </c>
       <c r="F21" s="13">
-        <v>0.18207747965362109</v>
+        <v>0.19512532737507704</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
     </row>
     <row r="22" spans="2:9" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="21" t="s">
         <v>31</v>
       </c>
       <c r="C22" s="23">
-        <v>4169507.42</v>
+        <v>8034781.25</v>
       </c>
       <c r="D22" s="23">
-        <v>9687203.2399999984</v>
+        <v>9693119.4499999993</v>
       </c>
       <c r="E22" s="12">
-        <v>5517695.8199999984</v>
+        <v>1658338.1999999993</v>
       </c>
       <c r="F22" s="53">
-        <v>1.323344765746933</v>
+        <v>0.20639494074589759</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
     </row>
     <row r="23" spans="2:9" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="88" t="s">
         <v>110</v>
       </c>
       <c r="C23" s="23">
-        <v>9345017.2400000002</v>
+        <v>13995078.82</v>
       </c>
       <c r="D23" s="23">
-        <v>12421432.859999999</v>
+        <v>16140719.279999999</v>
       </c>
       <c r="E23" s="23">
-        <v>3076415.6199999992</v>
-[...2 lines deleted...]
-        <v>0.32920384639119171</v>
+        <v>2145640.459999999</v>
+      </c>
+      <c r="F23" s="98">
+        <v>0.15331392467284433</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
     </row>
     <row r="24" spans="2:9" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="16" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="14">
-        <v>48854817.690000013</v>
+        <v>62227279.360000014</v>
       </c>
       <c r="D24" s="14">
-        <v>60553358.140000008</v>
+        <v>67240433.859999999</v>
       </c>
       <c r="E24" s="14">
-        <v>11698540.449999996</v>
+        <v>5013154.4999999851</v>
       </c>
       <c r="F24" s="15">
-        <v>0.23945520632644879</v>
+        <v>8.0562006752660009E-2</v>
       </c>
       <c r="H24"/>
       <c r="I24"/>
     </row>
     <row r="25" spans="2:9" s="22" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B25" s="106" t="s">
-[...5 lines deleted...]
-      <c r="F25" s="106"/>
+      <c r="B25" s="105" t="s">
+        <v>153</v>
+      </c>
+      <c r="C25" s="105"/>
+      <c r="D25" s="105"/>
+      <c r="E25" s="105"/>
+      <c r="F25" s="105"/>
     </row>
     <row r="26" spans="2:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="79" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="27" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C27" s="57"/>
       <c r="D27" s="57"/>
     </row>
     <row r="28" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="17" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="57"/>
       <c r="D28" s="57"/>
     </row>
     <row r="29" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C29" s="57"/>
       <c r="D29" s="57"/>
     </row>
     <row r="30" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="86"/>
       <c r="D30" s="57"/>
     </row>
     <row r="31" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C31" s="57"/>
       <c r="D31" s="57"/>
       <c r="E31" s="57"/>
@@ -2463,233 +2471,233 @@
     <row r="36" spans="3:6" x14ac:dyDescent="0.2">
       <c r="C36" s="57"/>
       <c r="D36" s="57"/>
       <c r="E36" s="57"/>
       <c r="F36" s="87"/>
     </row>
     <row r="37" spans="3:6" x14ac:dyDescent="0.2">
       <c r="C37" s="57"/>
       <c r="D37" s="57"/>
       <c r="E37" s="57"/>
       <c r="F37" s="87"/>
     </row>
     <row r="38" spans="3:6" x14ac:dyDescent="0.2">
       <c r="C38" s="57"/>
       <c r="D38" s="57"/>
       <c r="E38" s="57"/>
       <c r="F38" s="87"/>
     </row>
     <row r="39" spans="3:6" x14ac:dyDescent="0.2">
       <c r="C39" s="57"/>
       <c r="D39" s="57"/>
       <c r="E39" s="57"/>
       <c r="F39" s="87"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Kaz/dCJlLwP7w5ovYpkzxq9I/jdSAmrBSQydAs0WLnKr1WpsRTIuO1l/xeR6TmAUteEYCJp6Phj4zeNtr9Uj3A==" saltValue="8WEf9eFB0S67/8sc+5e2VQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="l/7ErZ6/WeuEukLAnHLnWeDD9DtVuHt+7wv/08XUfAuR/TU4DlSfgyIyf4L7feVTGyn3p/I8hr1QqfU7gCL5LQ==" saltValue="syvR6xCaCQHGqRGyHMCprw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="B25:F25"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B28" location="Índice!A1" display="Volver Índice"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="84" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AG176"/>
+  <dimension ref="A1:AG179"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="15" style="5" customWidth="1"/>
     <col min="3" max="21" width="12.7109375" style="5" customWidth="1"/>
     <col min="22" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
     </row>
     <row r="4" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
     </row>
     <row r="5" spans="1:30" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="89" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
     </row>
     <row r="6" spans="1:30" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="90" t="s">
         <v>114</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
     </row>
     <row r="7" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
       <c r="B7" s="1"/>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
     </row>
     <row r="8" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="9" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="8"/>
     </row>
     <row r="12" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="13" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="6" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="11"/>
     </row>
     <row r="15" spans="1:30" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="28"/>
-      <c r="C15" s="107" t="s">
+      <c r="C15" s="106" t="s">
         <v>119</v>
       </c>
-      <c r="D15" s="108"/>
-[...1 lines deleted...]
-      <c r="F15" s="111" t="s">
+      <c r="D15" s="107"/>
+      <c r="E15" s="107"/>
+      <c r="F15" s="110" t="s">
         <v>28</v>
       </c>
-      <c r="G15" s="113" t="s">
+      <c r="G15" s="112" t="s">
         <v>29</v>
       </c>
-      <c r="H15" s="111" t="s">
+      <c r="H15" s="110" t="s">
         <v>30</v>
       </c>
-      <c r="I15" s="111" t="s">
+      <c r="I15" s="110" t="s">
         <v>43</v>
       </c>
-      <c r="J15" s="111" t="s">
+      <c r="J15" s="110" t="s">
         <v>110</v>
       </c>
-      <c r="K15" s="109" t="s">
+      <c r="K15" s="108" t="s">
         <v>0</v>
       </c>
       <c r="L15" s="18"/>
       <c r="M15" s="18"/>
       <c r="N15" s="18"/>
       <c r="O15" s="18"/>
       <c r="P15" s="18"/>
       <c r="Q15" s="18"/>
       <c r="R15" s="18"/>
       <c r="S15" s="18"/>
       <c r="T15" s="18"/>
       <c r="U15" s="18"/>
       <c r="V15" s="18"/>
       <c r="W15" s="18"/>
       <c r="X15" s="18"/>
       <c r="Y15" s="18"/>
       <c r="Z15" s="18"/>
       <c r="AA15" s="18"/>
       <c r="AB15" s="18"/>
       <c r="AC15" s="18"/>
       <c r="AD15" s="18"/>
     </row>
     <row r="16" spans="1:30" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="29"/>
       <c r="C16" s="33" t="s">
         <v>39</v>
       </c>
       <c r="D16" s="34" t="s">
         <v>41</v>
       </c>
       <c r="E16" s="34" t="s">
         <v>42</v>
       </c>
-      <c r="F16" s="112" t="s">
+      <c r="F16" s="111" t="s">
         <v>28</v>
       </c>
-      <c r="G16" s="114"/>
-      <c r="H16" s="112" t="s">
+      <c r="G16" s="113"/>
+      <c r="H16" s="111" t="s">
         <v>30</v>
       </c>
-      <c r="I16" s="112" t="s">
+      <c r="I16" s="111" t="s">
         <v>29</v>
       </c>
-      <c r="J16" s="112" t="s">
+      <c r="J16" s="111" t="s">
         <v>108</v>
       </c>
-      <c r="K16" s="110" t="s">
+      <c r="K16" s="109" t="s">
         <v>31</v>
       </c>
       <c r="L16" s="18"/>
       <c r="M16" s="18"/>
       <c r="N16" s="18"/>
       <c r="O16" s="18"/>
       <c r="P16" s="18"/>
       <c r="Q16" s="18"/>
       <c r="R16" s="18"/>
     </row>
     <row r="17" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="30" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="43">
         <v>-5168.4399999999987</v>
       </c>
       <c r="D17" s="35">
         <v>10913.79</v>
       </c>
       <c r="E17" s="35">
         <v>-16082.23</v>
       </c>
       <c r="F17" s="47">
         <v>401647.28</v>
@@ -4960,271 +4968,271 @@
       <c r="D83" s="37">
         <v>-1991.82</v>
       </c>
       <c r="E83" s="37">
         <v>-16.8</v>
       </c>
       <c r="F83" s="48">
         <v>653304.04</v>
       </c>
       <c r="G83" s="48">
         <v>19214605.98</v>
       </c>
       <c r="H83" s="48">
         <v>3565.31</v>
       </c>
       <c r="I83" s="48">
         <v>-19.350000000000001</v>
       </c>
       <c r="J83" s="48">
         <v>0</v>
       </c>
       <c r="K83" s="41">
         <v>19869447.359999999</v>
       </c>
       <c r="L83" s="59"/>
-      <c r="M83" s="96"/>
-[...7 lines deleted...]
-      <c r="U83" s="96"/>
+      <c r="M83" s="95"/>
+      <c r="N83" s="95"/>
+      <c r="O83" s="95"/>
+      <c r="P83" s="95"/>
+      <c r="Q83" s="95"/>
+      <c r="R83" s="95"/>
+      <c r="S83" s="95"/>
+      <c r="T83" s="95"/>
+      <c r="U83" s="95"/>
       <c r="W83" s="59"/>
       <c r="X83" s="59"/>
       <c r="Y83" s="59"/>
       <c r="Z83" s="59"/>
       <c r="AA83" s="59"/>
       <c r="AB83" s="59"/>
       <c r="AC83" s="59"/>
       <c r="AD83" s="59"/>
       <c r="AE83" s="59"/>
       <c r="AF83" s="59"/>
       <c r="AG83" s="59"/>
     </row>
     <row r="84" spans="2:33" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="42" t="s">
         <v>87</v>
       </c>
       <c r="C84" s="44">
         <v>64.239999999999995</v>
       </c>
       <c r="D84" s="36">
         <v>64.239999999999995</v>
       </c>
       <c r="E84" s="36">
         <v>0</v>
       </c>
       <c r="F84" s="46">
         <v>466783.28</v>
       </c>
       <c r="G84" s="46">
         <v>23426.67</v>
       </c>
       <c r="H84" s="46">
         <v>731425.05</v>
       </c>
       <c r="I84" s="46">
         <v>7663853.1799999997</v>
       </c>
       <c r="J84" s="46">
         <v>0</v>
       </c>
       <c r="K84" s="40">
         <v>8885552.4199999999</v>
       </c>
       <c r="L84" s="59"/>
-      <c r="M84" s="96"/>
-[...7 lines deleted...]
-      <c r="U84" s="96"/>
+      <c r="M84" s="95"/>
+      <c r="N84" s="95"/>
+      <c r="O84" s="95"/>
+      <c r="P84" s="95"/>
+      <c r="Q84" s="95"/>
+      <c r="R84" s="95"/>
+      <c r="S84" s="95"/>
+      <c r="T84" s="95"/>
+      <c r="U84" s="95"/>
       <c r="W84" s="59"/>
       <c r="X84" s="59"/>
       <c r="Y84" s="59"/>
       <c r="Z84" s="59"/>
       <c r="AA84" s="59"/>
       <c r="AB84" s="59"/>
       <c r="AC84" s="59"/>
       <c r="AD84" s="59"/>
       <c r="AE84" s="59"/>
       <c r="AF84" s="59"/>
       <c r="AG84" s="59"/>
     </row>
     <row r="85" spans="2:33" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="49" t="s">
         <v>88</v>
       </c>
       <c r="C85" s="45">
         <v>294.45</v>
       </c>
       <c r="D85" s="37">
         <v>294.45</v>
       </c>
       <c r="E85" s="37">
         <v>0</v>
       </c>
       <c r="F85" s="48">
         <v>195469.33</v>
       </c>
       <c r="G85" s="48">
         <v>28132.25</v>
       </c>
       <c r="H85" s="48">
         <v>0</v>
       </c>
       <c r="I85" s="48">
         <v>2253080.89</v>
       </c>
       <c r="J85" s="48">
         <v>0</v>
       </c>
       <c r="K85" s="41">
         <v>2476976.92</v>
       </c>
       <c r="L85" s="59"/>
-      <c r="M85" s="96"/>
-[...7 lines deleted...]
-      <c r="U85" s="96"/>
+      <c r="M85" s="95"/>
+      <c r="N85" s="95"/>
+      <c r="O85" s="95"/>
+      <c r="P85" s="95"/>
+      <c r="Q85" s="95"/>
+      <c r="R85" s="95"/>
+      <c r="S85" s="95"/>
+      <c r="T85" s="95"/>
+      <c r="U85" s="95"/>
       <c r="W85" s="59"/>
       <c r="X85" s="59"/>
       <c r="Y85" s="59"/>
       <c r="Z85" s="59"/>
       <c r="AA85" s="59"/>
       <c r="AB85" s="59"/>
       <c r="AC85" s="59"/>
       <c r="AD85" s="59"/>
       <c r="AE85" s="59"/>
       <c r="AF85" s="59"/>
       <c r="AG85" s="59"/>
     </row>
     <row r="86" spans="2:33" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="42" t="s">
         <v>89</v>
       </c>
       <c r="C86" s="44">
         <v>1574.7</v>
       </c>
       <c r="D86" s="36">
         <v>1574.7</v>
       </c>
       <c r="E86" s="36">
         <v>0</v>
       </c>
       <c r="F86" s="46">
         <v>340907.43</v>
       </c>
       <c r="G86" s="46">
         <v>0</v>
       </c>
       <c r="H86" s="46">
         <v>0</v>
       </c>
       <c r="I86" s="46">
         <v>0</v>
       </c>
       <c r="J86" s="46">
         <v>0</v>
       </c>
       <c r="K86" s="40">
         <v>342482.13</v>
       </c>
       <c r="L86" s="59"/>
-      <c r="M86" s="96"/>
-[...7 lines deleted...]
-      <c r="U86" s="96"/>
+      <c r="M86" s="95"/>
+      <c r="N86" s="95"/>
+      <c r="O86" s="95"/>
+      <c r="P86" s="95"/>
+      <c r="Q86" s="95"/>
+      <c r="R86" s="95"/>
+      <c r="S86" s="95"/>
+      <c r="T86" s="95"/>
+      <c r="U86" s="95"/>
       <c r="W86" s="59"/>
       <c r="X86" s="59"/>
       <c r="Y86" s="59"/>
       <c r="Z86" s="59"/>
       <c r="AA86" s="59"/>
       <c r="AB86" s="59"/>
       <c r="AC86" s="59"/>
       <c r="AD86" s="59"/>
       <c r="AE86" s="59"/>
       <c r="AF86" s="59"/>
       <c r="AG86" s="59"/>
     </row>
     <row r="87" spans="2:33" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B87" s="49" t="s">
         <v>90</v>
       </c>
       <c r="C87" s="45">
         <v>0</v>
       </c>
       <c r="D87" s="37">
         <v>0</v>
       </c>
       <c r="E87" s="37">
         <v>0</v>
       </c>
       <c r="F87" s="48">
         <v>321506.59999999998</v>
       </c>
       <c r="G87" s="48">
         <v>17917.5</v>
       </c>
       <c r="H87" s="48">
         <v>619423.77</v>
       </c>
       <c r="I87" s="48">
         <v>0</v>
       </c>
       <c r="J87" s="48">
         <v>0</v>
       </c>
       <c r="K87" s="41">
         <v>958847.87</v>
       </c>
       <c r="L87" s="59"/>
-      <c r="M87" s="96"/>
-[...7 lines deleted...]
-      <c r="U87" s="96"/>
+      <c r="M87" s="95"/>
+      <c r="N87" s="95"/>
+      <c r="O87" s="95"/>
+      <c r="P87" s="95"/>
+      <c r="Q87" s="95"/>
+      <c r="R87" s="95"/>
+      <c r="S87" s="95"/>
+      <c r="T87" s="95"/>
+      <c r="U87" s="95"/>
       <c r="W87" s="59"/>
       <c r="X87" s="59"/>
       <c r="Y87" s="59"/>
       <c r="Z87" s="59"/>
       <c r="AA87" s="59"/>
       <c r="AB87" s="59"/>
       <c r="AC87" s="59"/>
       <c r="AD87" s="59"/>
       <c r="AE87" s="59"/>
       <c r="AF87" s="59"/>
       <c r="AG87" s="59"/>
     </row>
     <row r="88" spans="2:33" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="42" t="s">
         <v>91</v>
       </c>
       <c r="C88" s="44">
         <v>-4</v>
       </c>
       <c r="D88" s="36">
         <v>0</v>
       </c>
       <c r="E88" s="36">
         <v>-4</v>
       </c>
@@ -7157,51 +7165,51 @@
       </c>
       <c r="L124" s="59"/>
       <c r="M124" s="59"/>
       <c r="N124" s="59"/>
       <c r="O124" s="59"/>
       <c r="P124" s="59"/>
       <c r="Q124" s="59"/>
       <c r="R124" s="59"/>
       <c r="S124" s="59"/>
       <c r="T124" s="59"/>
       <c r="U124" s="59"/>
       <c r="W124" s="59"/>
       <c r="X124" s="59"/>
       <c r="Y124" s="59"/>
       <c r="Z124" s="59"/>
       <c r="AA124" s="59"/>
       <c r="AB124" s="59"/>
       <c r="AC124" s="59"/>
       <c r="AD124" s="59"/>
       <c r="AE124" s="59"/>
       <c r="AF124" s="59"/>
       <c r="AG124" s="59"/>
     </row>
     <row r="125" spans="2:33" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B125" s="82" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C125" s="83">
         <v>35.090000000000003</v>
       </c>
       <c r="D125" s="81">
         <v>35.090000000000003</v>
       </c>
       <c r="E125" s="81">
         <v>0</v>
       </c>
       <c r="F125" s="80">
         <v>1013756.13</v>
       </c>
       <c r="G125" s="80">
         <v>27623.91</v>
       </c>
       <c r="H125" s="80">
         <v>9580.81</v>
       </c>
       <c r="I125" s="80">
         <v>0</v>
       </c>
       <c r="J125" s="80">
         <v>0</v>
       </c>
@@ -7210,51 +7218,51 @@
       </c>
       <c r="L125" s="59"/>
       <c r="M125" s="59"/>
       <c r="N125" s="59"/>
       <c r="O125" s="59"/>
       <c r="P125" s="59"/>
       <c r="Q125" s="59"/>
       <c r="R125" s="59"/>
       <c r="S125" s="59"/>
       <c r="T125" s="59"/>
       <c r="U125" s="59"/>
       <c r="W125" s="59"/>
       <c r="X125" s="59"/>
       <c r="Y125" s="59"/>
       <c r="Z125" s="59"/>
       <c r="AA125" s="59"/>
       <c r="AB125" s="59"/>
       <c r="AC125" s="59"/>
       <c r="AD125" s="59"/>
       <c r="AE125" s="59"/>
       <c r="AF125" s="59"/>
       <c r="AG125" s="59"/>
     </row>
     <row r="126" spans="2:33" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B126" s="42" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C126" s="44">
         <v>0</v>
       </c>
       <c r="D126" s="36">
         <v>0</v>
       </c>
       <c r="E126" s="36">
         <v>0</v>
       </c>
       <c r="F126" s="46">
         <v>964542.61</v>
       </c>
       <c r="G126" s="46">
         <v>11149.12</v>
       </c>
       <c r="H126" s="46">
         <v>1102903.27</v>
       </c>
       <c r="I126" s="46">
         <v>0</v>
       </c>
       <c r="J126" s="46">
         <v>4104480.23</v>
       </c>
@@ -7263,51 +7271,51 @@
       </c>
       <c r="L126" s="59"/>
       <c r="M126" s="59"/>
       <c r="N126" s="59"/>
       <c r="O126" s="59"/>
       <c r="P126" s="59"/>
       <c r="Q126" s="59"/>
       <c r="R126" s="59"/>
       <c r="S126" s="59"/>
       <c r="T126" s="59"/>
       <c r="U126" s="59"/>
       <c r="W126" s="59"/>
       <c r="X126" s="59"/>
       <c r="Y126" s="59"/>
       <c r="Z126" s="59"/>
       <c r="AA126" s="59"/>
       <c r="AB126" s="59"/>
       <c r="AC126" s="59"/>
       <c r="AD126" s="59"/>
       <c r="AE126" s="59"/>
       <c r="AF126" s="59"/>
       <c r="AG126" s="59"/>
     </row>
     <row r="127" spans="2:33" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B127" s="82" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C127" s="83">
         <v>70.180000000000007</v>
       </c>
       <c r="D127" s="81">
         <v>70.180000000000007</v>
       </c>
       <c r="E127" s="81">
         <v>0</v>
       </c>
       <c r="F127" s="80">
         <v>1050420.51</v>
       </c>
       <c r="G127" s="80">
         <v>0</v>
       </c>
       <c r="H127" s="80">
         <v>812.32</v>
       </c>
       <c r="I127" s="80">
         <v>0</v>
       </c>
       <c r="J127" s="80">
         <v>0</v>
       </c>
@@ -7316,51 +7324,51 @@
       </c>
       <c r="L127" s="59"/>
       <c r="M127" s="59"/>
       <c r="N127" s="59"/>
       <c r="O127" s="59"/>
       <c r="P127" s="59"/>
       <c r="Q127" s="59"/>
       <c r="R127" s="59"/>
       <c r="S127" s="59"/>
       <c r="T127" s="59"/>
       <c r="U127" s="59"/>
       <c r="W127" s="59"/>
       <c r="X127" s="59"/>
       <c r="Y127" s="59"/>
       <c r="Z127" s="59"/>
       <c r="AA127" s="59"/>
       <c r="AB127" s="59"/>
       <c r="AC127" s="59"/>
       <c r="AD127" s="59"/>
       <c r="AE127" s="59"/>
       <c r="AF127" s="59"/>
       <c r="AG127" s="59"/>
     </row>
     <row r="128" spans="2:33" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B128" s="42" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C128" s="44">
         <v>0</v>
       </c>
       <c r="D128" s="36">
         <v>0</v>
       </c>
       <c r="E128" s="36">
         <v>0</v>
       </c>
       <c r="F128" s="46">
         <v>761882.68</v>
       </c>
       <c r="G128" s="46">
         <v>6317.6</v>
       </c>
       <c r="H128" s="46">
         <v>2900.7</v>
       </c>
       <c r="I128" s="46">
         <v>10432.129999999999</v>
       </c>
       <c r="J128" s="46">
         <v>0</v>
       </c>
@@ -7369,51 +7377,51 @@
       </c>
       <c r="L128" s="59"/>
       <c r="M128" s="59"/>
       <c r="N128" s="59"/>
       <c r="O128" s="59"/>
       <c r="P128" s="59"/>
       <c r="Q128" s="59"/>
       <c r="R128" s="59"/>
       <c r="S128" s="59"/>
       <c r="T128" s="59"/>
       <c r="U128" s="59"/>
       <c r="W128" s="59"/>
       <c r="X128" s="59"/>
       <c r="Y128" s="59"/>
       <c r="Z128" s="59"/>
       <c r="AA128" s="59"/>
       <c r="AB128" s="59"/>
       <c r="AC128" s="59"/>
       <c r="AD128" s="59"/>
       <c r="AE128" s="59"/>
       <c r="AF128" s="59"/>
       <c r="AG128" s="59"/>
     </row>
     <row r="129" spans="1:33" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B129" s="82" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C129" s="83">
         <v>0</v>
       </c>
       <c r="D129" s="81">
         <v>0</v>
       </c>
       <c r="E129" s="81">
         <v>0</v>
       </c>
       <c r="F129" s="80">
         <v>785631.58</v>
       </c>
       <c r="G129" s="80">
         <v>45152</v>
       </c>
       <c r="H129" s="80">
         <v>996037.79</v>
       </c>
       <c r="I129" s="80">
         <v>0</v>
       </c>
       <c r="J129" s="80">
         <v>0</v>
       </c>
@@ -7422,51 +7430,51 @@
       </c>
       <c r="L129" s="59"/>
       <c r="M129" s="59"/>
       <c r="N129" s="59"/>
       <c r="O129" s="59"/>
       <c r="P129" s="59"/>
       <c r="Q129" s="59"/>
       <c r="R129" s="59"/>
       <c r="S129" s="59"/>
       <c r="T129" s="59"/>
       <c r="U129" s="59"/>
       <c r="W129" s="59"/>
       <c r="X129" s="59"/>
       <c r="Y129" s="59"/>
       <c r="Z129" s="59"/>
       <c r="AA129" s="59"/>
       <c r="AB129" s="59"/>
       <c r="AC129" s="59"/>
       <c r="AD129" s="59"/>
       <c r="AE129" s="59"/>
       <c r="AF129" s="59"/>
       <c r="AG129" s="59"/>
     </row>
     <row r="130" spans="1:33" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B130" s="42" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C130" s="44">
         <v>0</v>
       </c>
       <c r="D130" s="36">
         <v>0</v>
       </c>
       <c r="E130" s="36">
         <v>0</v>
       </c>
       <c r="F130" s="46">
         <v>724602.22</v>
       </c>
       <c r="G130" s="46">
         <v>56287.33</v>
       </c>
       <c r="H130" s="46">
         <v>32226.6</v>
       </c>
       <c r="I130" s="46">
         <v>0</v>
       </c>
       <c r="J130" s="46">
         <v>3651634.08</v>
       </c>
@@ -7475,51 +7483,51 @@
       </c>
       <c r="L130" s="59"/>
       <c r="M130" s="59"/>
       <c r="N130" s="59"/>
       <c r="O130" s="59"/>
       <c r="P130" s="59"/>
       <c r="Q130" s="59"/>
       <c r="R130" s="59"/>
       <c r="S130" s="59"/>
       <c r="T130" s="59"/>
       <c r="U130" s="59"/>
       <c r="W130" s="59"/>
       <c r="X130" s="59"/>
       <c r="Y130" s="59"/>
       <c r="Z130" s="59"/>
       <c r="AA130" s="59"/>
       <c r="AB130" s="59"/>
       <c r="AC130" s="59"/>
       <c r="AD130" s="59"/>
       <c r="AE130" s="59"/>
       <c r="AF130" s="59"/>
       <c r="AG130" s="59"/>
     </row>
     <row r="131" spans="1:33" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B131" s="82" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C131" s="83">
         <v>0</v>
       </c>
       <c r="D131" s="81">
         <v>0</v>
       </c>
       <c r="E131" s="81">
         <v>0</v>
       </c>
       <c r="F131" s="80">
         <v>715775.53</v>
       </c>
       <c r="G131" s="80">
         <v>27231414.699999999</v>
       </c>
       <c r="H131" s="80">
         <v>82.51</v>
       </c>
       <c r="I131" s="80">
         <v>30443.05</v>
       </c>
       <c r="J131" s="80">
         <v>0</v>
       </c>
@@ -7528,51 +7536,51 @@
       </c>
       <c r="L131" s="59"/>
       <c r="M131" s="59"/>
       <c r="N131" s="59"/>
       <c r="O131" s="59"/>
       <c r="P131" s="59"/>
       <c r="Q131" s="59"/>
       <c r="R131" s="59"/>
       <c r="S131" s="59"/>
       <c r="T131" s="59"/>
       <c r="U131" s="59"/>
       <c r="W131" s="59"/>
       <c r="X131" s="59"/>
       <c r="Y131" s="59"/>
       <c r="Z131" s="59"/>
       <c r="AA131" s="59"/>
       <c r="AB131" s="59"/>
       <c r="AC131" s="59"/>
       <c r="AD131" s="59"/>
       <c r="AE131" s="59"/>
       <c r="AF131" s="59"/>
       <c r="AG131" s="59"/>
     </row>
     <row r="132" spans="1:33" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B132" s="42" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C132" s="44">
         <v>-2497.69</v>
       </c>
       <c r="D132" s="36">
         <v>0</v>
       </c>
       <c r="E132" s="36">
         <v>-2497.69</v>
       </c>
       <c r="F132" s="46">
         <v>796557.62</v>
       </c>
       <c r="G132" s="46">
         <v>62827.06</v>
       </c>
       <c r="H132" s="46">
         <v>1070701.6399999999</v>
       </c>
       <c r="I132" s="46">
         <v>4310331.0999999996</v>
       </c>
       <c r="J132" s="46">
         <v>4665318.55</v>
       </c>
@@ -7580,177 +7588,294 @@
         <v>10903238.279999999</v>
       </c>
       <c r="L132" s="59"/>
       <c r="M132" s="59"/>
       <c r="N132" s="59"/>
       <c r="O132" s="59"/>
       <c r="P132" s="59"/>
       <c r="Q132" s="59"/>
       <c r="R132" s="59"/>
       <c r="S132" s="59"/>
       <c r="T132" s="59"/>
       <c r="U132" s="59"/>
       <c r="W132" s="59"/>
       <c r="X132" s="59"/>
       <c r="Y132" s="59"/>
       <c r="Z132" s="59"/>
       <c r="AA132" s="59"/>
       <c r="AB132" s="59"/>
       <c r="AC132" s="59"/>
       <c r="AD132" s="59"/>
       <c r="AE132" s="59"/>
       <c r="AF132" s="59"/>
       <c r="AG132" s="59"/>
     </row>
     <row r="133" spans="1:33" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B133" s="100" t="s">
-[...11 lines deleted...]
-      <c r="F133" s="103">
+      <c r="B133" s="82" t="s">
+        <v>146</v>
+      </c>
+      <c r="C133" s="83">
+        <v>0</v>
+      </c>
+      <c r="D133" s="81">
+        <v>0</v>
+      </c>
+      <c r="E133" s="81">
+        <v>0</v>
+      </c>
+      <c r="F133" s="80">
         <v>978249.77</v>
       </c>
-      <c r="G133" s="103">
+      <c r="G133" s="80">
         <v>2537.59</v>
       </c>
-      <c r="H133" s="103">
+      <c r="H133" s="80">
         <v>-2859.14</v>
       </c>
-      <c r="I133" s="103">
+      <c r="I133" s="80">
         <v>5335996.96</v>
       </c>
-      <c r="J133" s="103">
-[...2 lines deleted...]
-      <c r="K133" s="104">
+      <c r="J133" s="80">
+        <v>0</v>
+      </c>
+      <c r="K133" s="84">
         <v>6313925.1799999997</v>
       </c>
       <c r="L133" s="59"/>
       <c r="M133" s="59"/>
       <c r="N133" s="59"/>
       <c r="O133" s="59"/>
       <c r="P133" s="59"/>
       <c r="Q133" s="59"/>
       <c r="R133" s="59"/>
       <c r="S133" s="59"/>
       <c r="T133" s="59"/>
       <c r="U133" s="59"/>
       <c r="W133" s="59"/>
       <c r="X133" s="59"/>
       <c r="Y133" s="59"/>
       <c r="Z133" s="59"/>
       <c r="AA133" s="59"/>
       <c r="AB133" s="59"/>
       <c r="AC133" s="59"/>
       <c r="AD133" s="59"/>
       <c r="AE133" s="59"/>
       <c r="AF133" s="59"/>
       <c r="AG133" s="59"/>
     </row>
-    <row r="134" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="B134" s="79" t="s">
+    <row r="134" spans="1:33" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B134" s="42" t="s">
+        <v>147</v>
+      </c>
+      <c r="C134" s="44">
+        <v>0</v>
+      </c>
+      <c r="D134" s="36">
+        <v>0</v>
+      </c>
+      <c r="E134" s="36">
+        <v>0</v>
+      </c>
+      <c r="F134" s="46">
+        <v>461285.66</v>
+      </c>
+      <c r="G134" s="46">
+        <v>12547.08</v>
+      </c>
+      <c r="H134" s="46">
+        <v>9323.07</v>
+      </c>
+      <c r="I134" s="46">
+        <v>5637.56</v>
+      </c>
+      <c r="J134" s="46">
+        <v>0</v>
+      </c>
+      <c r="K134" s="40">
+        <v>488793.37</v>
+      </c>
+      <c r="L134" s="59"/>
+      <c r="M134" s="59"/>
+      <c r="N134" s="59"/>
+      <c r="O134" s="59"/>
+      <c r="P134" s="59"/>
+      <c r="Q134" s="59"/>
+      <c r="R134" s="59"/>
+      <c r="S134" s="59"/>
+      <c r="T134" s="59"/>
+      <c r="U134" s="59"/>
+      <c r="W134" s="59"/>
+      <c r="X134" s="59"/>
+      <c r="Y134" s="59"/>
+      <c r="Z134" s="59"/>
+      <c r="AA134" s="59"/>
+      <c r="AB134" s="59"/>
+      <c r="AC134" s="59"/>
+      <c r="AD134" s="59"/>
+      <c r="AE134" s="59"/>
+      <c r="AF134" s="59"/>
+      <c r="AG134" s="59"/>
+    </row>
+    <row r="135" spans="1:33" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B135" s="82" t="s">
+        <v>148</v>
+      </c>
+      <c r="C135" s="83">
+        <v>0</v>
+      </c>
+      <c r="D135" s="81">
+        <v>0</v>
+      </c>
+      <c r="E135" s="81">
+        <v>0</v>
+      </c>
+      <c r="F135" s="80">
+        <v>607289.31000000006</v>
+      </c>
+      <c r="G135" s="80">
+        <v>1968.63</v>
+      </c>
+      <c r="H135" s="80">
+        <v>1041844.8</v>
+      </c>
+      <c r="I135" s="80">
+        <v>0</v>
+      </c>
+      <c r="J135" s="80">
+        <v>3719286.42</v>
+      </c>
+      <c r="K135" s="84">
+        <v>5370389.1600000001</v>
+      </c>
+      <c r="L135" s="59"/>
+      <c r="M135" s="59"/>
+      <c r="N135" s="59"/>
+      <c r="O135" s="59"/>
+      <c r="P135" s="59"/>
+      <c r="Q135" s="59"/>
+      <c r="R135" s="59"/>
+      <c r="S135" s="59"/>
+      <c r="T135" s="59"/>
+      <c r="U135" s="59"/>
+      <c r="W135" s="59"/>
+      <c r="X135" s="59"/>
+      <c r="Y135" s="59"/>
+      <c r="Z135" s="59"/>
+      <c r="AA135" s="59"/>
+      <c r="AB135" s="59"/>
+      <c r="AC135" s="59"/>
+      <c r="AD135" s="59"/>
+      <c r="AE135" s="59"/>
+      <c r="AF135" s="59"/>
+      <c r="AG135" s="59"/>
+    </row>
+    <row r="136" spans="1:33" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B136" s="99" t="s">
+        <v>149</v>
+      </c>
+      <c r="C136" s="100">
+        <v>0</v>
+      </c>
+      <c r="D136" s="101">
+        <v>0</v>
+      </c>
+      <c r="E136" s="101">
+        <v>0</v>
+      </c>
+      <c r="F136" s="102">
+        <v>745856.36</v>
+      </c>
+      <c r="G136" s="102">
+        <v>81718.78</v>
+      </c>
+      <c r="H136" s="102">
+        <v>39.4</v>
+      </c>
+      <c r="I136" s="102">
+        <v>278.64999999999998</v>
+      </c>
+      <c r="J136" s="102">
+        <v>0</v>
+      </c>
+      <c r="K136" s="103">
+        <v>827893.19000000006</v>
+      </c>
+      <c r="L136" s="59"/>
+      <c r="M136" s="59"/>
+      <c r="N136" s="59"/>
+      <c r="O136" s="59"/>
+      <c r="P136" s="59"/>
+      <c r="Q136" s="59"/>
+      <c r="R136" s="59"/>
+      <c r="S136" s="59"/>
+      <c r="T136" s="59"/>
+      <c r="U136" s="59"/>
+      <c r="W136" s="59"/>
+      <c r="X136" s="59"/>
+      <c r="Y136" s="59"/>
+      <c r="Z136" s="59"/>
+      <c r="AA136" s="59"/>
+      <c r="AB136" s="59"/>
+      <c r="AC136" s="59"/>
+      <c r="AD136" s="59"/>
+      <c r="AE136" s="59"/>
+      <c r="AF136" s="59"/>
+      <c r="AG136" s="59"/>
+    </row>
+    <row r="137" spans="1:33" x14ac:dyDescent="0.2">
+      <c r="B137" s="79" t="s">
         <v>120</v>
       </c>
-      <c r="L134" s="18"/>
-[...11 lines deleted...]
-      <c r="L136" s="18"/>
+      <c r="L137" s="18"/>
     </row>
     <row r="138" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="B138" s="17" t="s">
+      <c r="B138" s="79" t="s">
+        <v>154</v>
+      </c>
+      <c r="L138" s="18"/>
+    </row>
+    <row r="139" spans="1:33" x14ac:dyDescent="0.2">
+      <c r="B139" s="79" t="s">
+        <v>138</v>
+      </c>
+      <c r="L139" s="18"/>
+    </row>
+    <row r="141" spans="1:33" x14ac:dyDescent="0.2">
+      <c r="B141" s="17" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="139" spans="1:33" ht="15" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-    </row>
     <row r="142" spans="1:33" ht="15" x14ac:dyDescent="0.25">
-      <c r="A142"/>
-      <c r="B142"/>
       <c r="C142"/>
       <c r="D142"/>
       <c r="E142"/>
       <c r="F142"/>
       <c r="G142"/>
       <c r="H142"/>
       <c r="I142"/>
       <c r="J142"/>
       <c r="K142"/>
-      <c r="L142"/>
     </row>
     <row r="143" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A143"/>
       <c r="B143"/>
       <c r="C143"/>
       <c r="D143"/>
       <c r="E143"/>
       <c r="F143"/>
       <c r="G143"/>
       <c r="H143"/>
       <c r="I143"/>
       <c r="J143"/>
       <c r="K143"/>
       <c r="L143"/>
     </row>
     <row r="144" spans="1:33" ht="15" x14ac:dyDescent="0.25">
       <c r="A144"/>
       <c r="B144"/>
       <c r="C144"/>
       <c r="D144"/>
       <c r="E144"/>
       <c r="F144"/>
       <c r="G144"/>
       <c r="H144"/>
       <c r="I144"/>
@@ -7779,129 +7904,138 @@
       <c r="D146"/>
       <c r="E146"/>
       <c r="F146"/>
       <c r="G146"/>
       <c r="H146"/>
       <c r="I146"/>
       <c r="J146"/>
       <c r="K146"/>
       <c r="L146"/>
     </row>
     <row r="147" spans="1:12" ht="15" x14ac:dyDescent="0.25">
       <c r="A147"/>
       <c r="B147"/>
       <c r="C147"/>
       <c r="D147"/>
       <c r="E147"/>
       <c r="F147"/>
       <c r="G147"/>
       <c r="H147"/>
       <c r="I147"/>
       <c r="J147"/>
       <c r="K147"/>
       <c r="L147"/>
     </row>
     <row r="148" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-      <c r="B148" s="94"/>
-[...55 lines deleted...]
-      <c r="K152" s="85"/>
+      <c r="A148"/>
+      <c r="B148"/>
+      <c r="C148"/>
+      <c r="D148"/>
+      <c r="E148"/>
+      <c r="F148"/>
+      <c r="G148"/>
+      <c r="H148"/>
+      <c r="I148"/>
+      <c r="J148"/>
+      <c r="K148"/>
+      <c r="L148"/>
+    </row>
+    <row r="149" spans="1:12" ht="15" x14ac:dyDescent="0.25">
+      <c r="A149"/>
+      <c r="B149"/>
+      <c r="C149"/>
+      <c r="D149"/>
+      <c r="E149"/>
+      <c r="F149"/>
+      <c r="G149"/>
+      <c r="H149"/>
+      <c r="I149"/>
+      <c r="J149"/>
+      <c r="K149"/>
+      <c r="L149"/>
+    </row>
+    <row r="150" spans="1:12" ht="15" x14ac:dyDescent="0.25">
+      <c r="A150"/>
+      <c r="B150"/>
+      <c r="C150"/>
+      <c r="D150"/>
+      <c r="E150"/>
+      <c r="F150"/>
+      <c r="G150"/>
+      <c r="H150"/>
+      <c r="I150"/>
+      <c r="J150"/>
+      <c r="K150"/>
+      <c r="L150"/>
+    </row>
+    <row r="151" spans="1:12" ht="15" x14ac:dyDescent="0.25">
+      <c r="B151" s="94"/>
+      <c r="C151"/>
+      <c r="D151"/>
+      <c r="E151"/>
+      <c r="F151"/>
+      <c r="G151"/>
+      <c r="H151"/>
+      <c r="I151"/>
+      <c r="J151"/>
+      <c r="K151"/>
+    </row>
+    <row r="152" spans="1:12" ht="15" x14ac:dyDescent="0.25">
+      <c r="B152" s="92"/>
+      <c r="C152"/>
+      <c r="D152"/>
+      <c r="E152"/>
+      <c r="F152"/>
+      <c r="G152"/>
+      <c r="H152"/>
+      <c r="I152"/>
+      <c r="J152"/>
+      <c r="K152"/>
     </row>
     <row r="153" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C153" s="85"/>
-[...7 lines deleted...]
-      <c r="K153" s="85"/>
+      <c r="B153" s="92"/>
+      <c r="C153" s="93"/>
+      <c r="D153" s="93"/>
+      <c r="E153" s="93"/>
+      <c r="F153" s="93"/>
+      <c r="G153" s="93"/>
+      <c r="H153" s="93"/>
+      <c r="I153" s="93"/>
+      <c r="J153" s="93"/>
+      <c r="K153" s="93"/>
     </row>
     <row r="154" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="C154" s="85"/>
-[...7 lines deleted...]
-      <c r="K154" s="85"/>
+      <c r="B154" s="92"/>
+      <c r="C154" s="93"/>
+      <c r="D154" s="93"/>
+      <c r="E154" s="93"/>
+      <c r="F154" s="93"/>
+      <c r="G154" s="93"/>
+      <c r="H154" s="93"/>
+      <c r="I154" s="93"/>
+      <c r="J154" s="93"/>
+      <c r="K154" s="93"/>
     </row>
     <row r="155" spans="1:12" x14ac:dyDescent="0.2">
       <c r="C155" s="85"/>
       <c r="D155" s="85"/>
       <c r="E155" s="85"/>
       <c r="F155" s="85"/>
       <c r="G155" s="85"/>
       <c r="H155" s="85"/>
       <c r="I155" s="85"/>
       <c r="J155" s="85"/>
       <c r="K155" s="85"/>
     </row>
     <row r="156" spans="1:12" x14ac:dyDescent="0.2">
       <c r="C156" s="85"/>
       <c r="D156" s="85"/>
       <c r="E156" s="85"/>
       <c r="F156" s="85"/>
       <c r="G156" s="85"/>
       <c r="H156" s="85"/>
       <c r="I156" s="85"/>
       <c r="J156" s="85"/>
       <c r="K156" s="85"/>
     </row>
     <row r="157" spans="1:12" x14ac:dyDescent="0.2">
       <c r="C157" s="85"/>
@@ -8035,117 +8169,150 @@
       <c r="J168" s="85"/>
       <c r="K168" s="85"/>
     </row>
     <row r="169" spans="3:11" x14ac:dyDescent="0.2">
       <c r="C169" s="85"/>
       <c r="D169" s="85"/>
       <c r="E169" s="85"/>
       <c r="F169" s="85"/>
       <c r="G169" s="85"/>
       <c r="H169" s="85"/>
       <c r="I169" s="85"/>
       <c r="J169" s="85"/>
       <c r="K169" s="85"/>
     </row>
     <row r="170" spans="3:11" x14ac:dyDescent="0.2">
       <c r="C170" s="85"/>
       <c r="D170" s="85"/>
       <c r="E170" s="85"/>
       <c r="F170" s="85"/>
       <c r="G170" s="85"/>
       <c r="H170" s="85"/>
       <c r="I170" s="85"/>
       <c r="J170" s="85"/>
       <c r="K170" s="85"/>
     </row>
+    <row r="171" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="C171" s="85"/>
+      <c r="D171" s="85"/>
+      <c r="E171" s="85"/>
+      <c r="F171" s="85"/>
+      <c r="G171" s="85"/>
+      <c r="H171" s="85"/>
+      <c r="I171" s="85"/>
+      <c r="J171" s="85"/>
+      <c r="K171" s="85"/>
+    </row>
     <row r="172" spans="3:11" x14ac:dyDescent="0.2">
-      <c r="C172" s="18"/>
-[...7 lines deleted...]
-      <c r="K172" s="18"/>
+      <c r="C172" s="85"/>
+      <c r="D172" s="85"/>
+      <c r="E172" s="85"/>
+      <c r="F172" s="85"/>
+      <c r="G172" s="85"/>
+      <c r="H172" s="85"/>
+      <c r="I172" s="85"/>
+      <c r="J172" s="85"/>
+      <c r="K172" s="85"/>
     </row>
     <row r="173" spans="3:11" x14ac:dyDescent="0.2">
-      <c r="C173" s="18"/>
-[...7 lines deleted...]
-      <c r="K173" s="18"/>
+      <c r="C173" s="85"/>
+      <c r="D173" s="85"/>
+      <c r="E173" s="85"/>
+      <c r="F173" s="85"/>
+      <c r="G173" s="85"/>
+      <c r="H173" s="85"/>
+      <c r="I173" s="85"/>
+      <c r="J173" s="85"/>
+      <c r="K173" s="85"/>
     </row>
     <row r="175" spans="3:11" x14ac:dyDescent="0.2">
       <c r="C175" s="18"/>
       <c r="D175" s="18"/>
       <c r="E175" s="18"/>
       <c r="F175" s="18"/>
       <c r="G175" s="18"/>
       <c r="H175" s="18"/>
       <c r="I175" s="18"/>
       <c r="J175" s="18"/>
       <c r="K175" s="18"/>
     </row>
     <row r="176" spans="3:11" x14ac:dyDescent="0.2">
       <c r="C176" s="18"/>
       <c r="D176" s="18"/>
       <c r="E176" s="18"/>
       <c r="F176" s="18"/>
       <c r="G176" s="18"/>
       <c r="H176" s="18"/>
       <c r="I176" s="18"/>
       <c r="J176" s="18"/>
       <c r="K176" s="18"/>
     </row>
+    <row r="178" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="C178" s="18"/>
+      <c r="D178" s="18"/>
+      <c r="E178" s="18"/>
+      <c r="F178" s="18"/>
+      <c r="G178" s="18"/>
+      <c r="H178" s="18"/>
+      <c r="I178" s="18"/>
+      <c r="J178" s="18"/>
+      <c r="K178" s="18"/>
+    </row>
+    <row r="179" spans="3:11" x14ac:dyDescent="0.2">
+      <c r="C179" s="18"/>
+      <c r="D179" s="18"/>
+      <c r="E179" s="18"/>
+      <c r="F179" s="18"/>
+      <c r="G179" s="18"/>
+      <c r="H179" s="18"/>
+      <c r="I179" s="18"/>
+      <c r="J179" s="18"/>
+      <c r="K179" s="18"/>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="//zI7gF0re+9lBWFlRr7QBA4GG4sx9yHkBgVrwYhPVYtAyVy7Buerv6Ds+K2LftgnDcRkuAkVN6F21521JwInQ==" saltValue="KK7VfNO3sv+DBYo0aciULg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="niJ66T0tebnB285jmWcSYR9bDSGcBsE2C+HhkmW3AoL2ajALODr5uyBB7XshL5JkEgQNQJ252+6sanvJBo04LA==" saltValue="qu7mAkqcVNBVrW8S+CX1zw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="7">
     <mergeCell ref="C15:E15"/>
     <mergeCell ref="K15:K16"/>
     <mergeCell ref="F15:F16"/>
     <mergeCell ref="G15:G16"/>
     <mergeCell ref="H15:H16"/>
     <mergeCell ref="I15:I16"/>
     <mergeCell ref="J15:J16"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B138" location="Índice!A1" display="Volver Índice"/>
+    <hyperlink ref="B141" location="Índice!A1" display="Volver Índice"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="38" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:L28"/>
+  <dimension ref="A1:L29"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="1"/>
     <col min="3" max="3" width="12.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="16.5703125" style="1" customWidth="1"/>
     <col min="8" max="8" width="17.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="17.42578125" style="1" customWidth="1"/>
     <col min="10" max="10" width="17.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="14" style="1" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.25">
       <c r="F1" s="60"/>
       <c r="G1" s="60"/>
       <c r="H1" s="60"/>
       <c r="I1" s="60"/>
       <c r="J1" s="60"/>
@@ -8155,51 +8322,51 @@
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
       <c r="J2" s="60"/>
       <c r="K2" s="60"/>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.25">
       <c r="F3" s="60"/>
       <c r="G3" s="60"/>
       <c r="H3" s="60"/>
       <c r="I3" s="60"/>
       <c r="J3" s="60"/>
       <c r="K3" s="60"/>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.25">
       <c r="F4" s="60"/>
       <c r="G4" s="60"/>
       <c r="H4" s="60"/>
       <c r="I4" s="60"/>
       <c r="J4" s="60"/>
       <c r="K4" s="60"/>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="89" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F5" s="60"/>
       <c r="G5" s="60"/>
       <c r="H5" s="60"/>
       <c r="I5" s="60"/>
       <c r="J5" s="60"/>
       <c r="K5" s="60"/>
     </row>
     <row r="6" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="90" t="s">
         <v>114</v>
       </c>
       <c r="F6" s="60"/>
       <c r="G6" s="60"/>
       <c r="H6" s="60"/>
       <c r="I6" s="60"/>
       <c r="J6" s="60"/>
       <c r="K6" s="60"/>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.25">
       <c r="F7" s="60"/>
       <c r="G7" s="60"/>
       <c r="H7" s="60"/>
       <c r="I7" s="60"/>
       <c r="J7" s="60"/>
@@ -8242,141 +8409,141 @@
       <c r="D10" s="60"/>
       <c r="E10" s="60"/>
       <c r="F10" s="60"/>
       <c r="G10" s="60"/>
       <c r="H10" s="60"/>
       <c r="I10" s="60"/>
       <c r="J10" s="60"/>
       <c r="K10" s="60"/>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A11" s="60"/>
       <c r="B11" s="4"/>
       <c r="C11" s="60"/>
       <c r="D11" s="60"/>
       <c r="E11" s="60"/>
       <c r="F11" s="60"/>
       <c r="G11" s="60"/>
       <c r="H11" s="60"/>
       <c r="I11" s="60"/>
       <c r="J11" s="60"/>
       <c r="K11" s="60"/>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A12" s="60"/>
       <c r="B12" s="4" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="C12" s="60"/>
       <c r="D12" s="60"/>
       <c r="E12" s="60"/>
       <c r="F12" s="60"/>
       <c r="G12" s="60"/>
       <c r="H12" s="60"/>
       <c r="I12" s="60"/>
       <c r="J12" s="60"/>
       <c r="K12" s="60"/>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A13" s="60"/>
       <c r="B13" s="61" t="s">
         <v>1</v>
       </c>
       <c r="C13" s="60"/>
       <c r="D13" s="60"/>
       <c r="E13" s="60"/>
       <c r="F13" s="60"/>
       <c r="G13" s="60"/>
       <c r="H13" s="60"/>
       <c r="I13" s="60"/>
       <c r="J13" s="60"/>
       <c r="K13" s="60"/>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A14" s="60"/>
       <c r="B14" s="62"/>
       <c r="C14" s="60"/>
       <c r="D14" s="60"/>
       <c r="E14" s="60"/>
       <c r="F14" s="60"/>
       <c r="G14" s="60"/>
       <c r="H14" s="60"/>
       <c r="I14" s="60"/>
       <c r="J14" s="60"/>
       <c r="K14" s="60"/>
     </row>
     <row r="15" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="60"/>
       <c r="B15" s="63"/>
-      <c r="C15" s="118" t="s">
+      <c r="C15" s="117" t="s">
         <v>119</v>
       </c>
-      <c r="D15" s="119"/>
-[...1 lines deleted...]
-      <c r="F15" s="120" t="s">
+      <c r="D15" s="118"/>
+      <c r="E15" s="118"/>
+      <c r="F15" s="119" t="s">
         <v>28</v>
       </c>
-      <c r="G15" s="122" t="s">
+      <c r="G15" s="121" t="s">
         <v>29</v>
       </c>
-      <c r="H15" s="120" t="s">
+      <c r="H15" s="119" t="s">
         <v>30</v>
       </c>
-      <c r="I15" s="120" t="s">
+      <c r="I15" s="119" t="s">
         <v>43</v>
       </c>
-      <c r="J15" s="124" t="s">
+      <c r="J15" s="123" t="s">
         <v>121</v>
       </c>
-      <c r="K15" s="116" t="s">
+      <c r="K15" s="115" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A16" s="60"/>
       <c r="B16" s="64"/>
       <c r="C16" s="65" t="s">
         <v>39</v>
       </c>
       <c r="D16" s="66" t="s">
         <v>41</v>
       </c>
       <c r="E16" s="66" t="s">
         <v>42</v>
       </c>
-      <c r="F16" s="121" t="s">
+      <c r="F16" s="120" t="s">
         <v>28</v>
       </c>
-      <c r="G16" s="123"/>
-      <c r="H16" s="121" t="s">
+      <c r="G16" s="122"/>
+      <c r="H16" s="120" t="s">
         <v>30</v>
       </c>
-      <c r="I16" s="121" t="s">
+      <c r="I16" s="120" t="s">
         <v>29</v>
       </c>
-      <c r="J16" s="125"/>
-      <c r="K16" s="117" t="s">
+      <c r="J16" s="124"/>
+      <c r="K16" s="116" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A17" s="60"/>
       <c r="B17" s="67">
         <v>2016</v>
       </c>
       <c r="C17" s="68">
         <v>24131780.939999998</v>
       </c>
       <c r="D17" s="69">
         <v>27313065.509999998</v>
       </c>
       <c r="E17" s="69">
         <v>-3181284.57</v>
       </c>
       <c r="F17" s="70">
         <v>5176634.3</v>
       </c>
       <c r="G17" s="70">
         <v>20513420.349999998</v>
       </c>
       <c r="H17" s="70">
         <v>3820958.8800000004</v>
@@ -8619,96 +8786,129 @@
       <c r="D25" s="74">
         <v>2350.17</v>
       </c>
       <c r="E25" s="74">
         <v>0</v>
       </c>
       <c r="F25" s="75">
         <v>12474716.589999998</v>
       </c>
       <c r="G25" s="75">
         <v>24152865.779999997</v>
       </c>
       <c r="H25" s="75">
         <v>3567486.75</v>
       </c>
       <c r="I25" s="75">
         <v>8034781.25</v>
       </c>
       <c r="J25" s="75">
         <v>13995078.82</v>
       </c>
       <c r="K25" s="76">
         <v>62227279.360000014</v>
       </c>
     </row>
-    <row r="26" spans="1:12" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-    <row r="27" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A26" s="77"/>
+      <c r="B26" s="72">
+        <v>2025</v>
+      </c>
+      <c r="C26" s="73">
+        <v>-2392.42</v>
+      </c>
+      <c r="D26" s="74">
+        <v>105.27000000000001</v>
+      </c>
+      <c r="E26" s="74">
+        <v>-2497.69</v>
+      </c>
+      <c r="F26" s="75">
+        <v>9605849.9800000004</v>
+      </c>
+      <c r="G26" s="75">
+        <v>27539543.799999997</v>
+      </c>
+      <c r="H26" s="75">
+        <v>4263593.7699999996</v>
+      </c>
+      <c r="I26" s="75">
+        <v>9693119.4499999993</v>
+      </c>
+      <c r="J26" s="75">
+        <v>16140719.279999999</v>
+      </c>
+      <c r="K26" s="76">
+        <v>67240433.859999999</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="60"/>
-      <c r="B27" s="98" t="s">
-[...22 lines deleted...]
-      <c r="L28" s="91"/>
+      <c r="B27" s="114" t="s">
+        <v>155</v>
+      </c>
+      <c r="C27" s="114"/>
+      <c r="D27" s="114"/>
+      <c r="E27" s="114"/>
+      <c r="F27" s="114"/>
+      <c r="G27" s="114"/>
+      <c r="H27" s="114"/>
+      <c r="I27" s="114"/>
+      <c r="J27" s="114"/>
+      <c r="K27" s="114"/>
+    </row>
+    <row r="28" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="60"/>
+      <c r="B28" s="97" t="s">
+        <v>138</v>
+      </c>
+      <c r="C28" s="96"/>
+      <c r="D28" s="96"/>
+      <c r="E28" s="96"/>
+      <c r="F28" s="96"/>
+      <c r="G28" s="96"/>
+      <c r="H28" s="96"/>
+      <c r="I28" s="96"/>
+      <c r="J28" s="96"/>
+      <c r="K28" s="96"/>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="C29" s="91"/>
+      <c r="D29" s="91"/>
+      <c r="E29" s="91"/>
+      <c r="F29" s="91"/>
+      <c r="G29" s="91"/>
+      <c r="H29" s="91"/>
+      <c r="I29" s="91"/>
+      <c r="J29" s="91"/>
+      <c r="K29" s="91"/>
+      <c r="L29" s="91"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="oCf9xVngjz/Ydu8h21VIpGwpS8hrPMJRRcG3GLYOgCqpFhTLhs7hQqrbt/wCzhf03nsFVvmqevttguadnmNtVw==" saltValue="pOVVapD2LOa9oWfVV9YBeg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="c6bEoJLr/Pz7PX9rYJXnGPv1TlN2l6KxlW4jCWyDz5xiq46ynXDu8lvXnb/G8PABI5ZKSA/tSzp6FvGJWiZoVQ==" saltValue="kbQfZFOgXH/PdwFKkGJ3Sw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="8">
-    <mergeCell ref="B26:K26"/>
+    <mergeCell ref="B27:K27"/>
     <mergeCell ref="K15:K16"/>
     <mergeCell ref="C15:E15"/>
     <mergeCell ref="F15:F16"/>
     <mergeCell ref="G15:G16"/>
     <mergeCell ref="H15:H16"/>
     <mergeCell ref="I15:I16"/>
     <mergeCell ref="J15:J16"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>